--- v0 (2025-10-31)
+++ v1 (2026-02-20)
@@ -6,60 +6,60 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\server02\Dati\Documenti office\SIMONE_Documenti Office\Materiale Nuovo Sito Internet\Amministrazione Trasparente\ANTICORRUZIONE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\server02\Dati\Documenti office\SERGIO\ANTICORRUZIONE\ANNO 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{20155A0D-CE54-4F45-A14D-C62E6E7FAC15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A940C29A-9CF5-4CA8-8174-5A91EF738C75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15390" tabRatio="344" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="344" firstSheet="1" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anagrafica" sheetId="1" r:id="rId1"/>
     <sheet name="Considerazioni generali" sheetId="2" r:id="rId2"/>
     <sheet name="Misure anticorruzione" sheetId="3" r:id="rId3"/>
     <sheet name="Elenchi" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Anagrafica!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Misure anticorruzione'!$A$1:$D$116</definedName>
     <definedName name="Z_025E4A5C_C669_432A_8E1D_E0C55C770C22_.wvu.PrintArea" localSheetId="0" hidden="1">Anagrafica!#REF!</definedName>
     <definedName name="Z_025E4A5C_C669_432A_8E1D_E0C55C770C22_.wvu.PrintArea" localSheetId="1" hidden="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="Z_025E4A5C_C669_432A_8E1D_E0C55C770C22_.wvu.PrintArea" localSheetId="2" hidden="1">'Misure anticorruzione'!$A$1:$D$111</definedName>
     <definedName name="Z_0684A9D5_22F5_4482_8E07_8E8BC2CE67CB_.wvu.PrintArea" localSheetId="0" hidden="1">Anagrafica!#REF!</definedName>
     <definedName name="Z_0684A9D5_22F5_4482_8E07_8E8BC2CE67CB_.wvu.PrintArea" localSheetId="1" hidden="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="Z_0684A9D5_22F5_4482_8E07_8E8BC2CE67CB_.wvu.PrintArea" localSheetId="2" hidden="1">'Misure anticorruzione'!$A$1:$E$111</definedName>
     <definedName name="Z_1E86B60A_4DCA_48E5_9ECF_E66616F783D8_.wvu.PrintArea" localSheetId="1" hidden="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="Z_1E86B60A_4DCA_48E5_9ECF_E66616F783D8_.wvu.PrintArea" localSheetId="2" hidden="1">'Misure anticorruzione'!$A$1:$D$116</definedName>
     <definedName name="Z_26881522_F2F4_4373_A0CC_FDD90F1D2EE8_.wvu.PrintArea" localSheetId="0" hidden="1">Anagrafica!#REF!</definedName>
     <definedName name="Z_26881522_F2F4_4373_A0CC_FDD90F1D2EE8_.wvu.PrintArea" localSheetId="1" hidden="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="Z_26881522_F2F4_4373_A0CC_FDD90F1D2EE8_.wvu.PrintArea" localSheetId="2" hidden="1">'Misure anticorruzione'!$A$1:$D$116</definedName>
     <definedName name="Z_3767B8FE_4E68_408D_B69C_A58B8C7AA791_.wvu.PrintArea" localSheetId="0" hidden="1">Anagrafica!#REF!</definedName>
     <definedName name="Z_3767B8FE_4E68_408D_B69C_A58B8C7AA791_.wvu.PrintArea" localSheetId="1" hidden="1">'Considerazioni generali'!$A$1:$C$6</definedName>
     <definedName name="Z_3767B8FE_4E68_408D_B69C_A58B8C7AA791_.wvu.PrintArea" localSheetId="2" hidden="1">'Misure anticorruzione'!$A$1:$E$111</definedName>
@@ -2305,51 +2305,51 @@
     <text>Il DPR 81/2023 è intervenuto su alcune delle previsioni del DPR 62/2013 nell'ottica di disciplinare: utilizzo delle tecnologie informatiche, uso dei mezzi di informazione e dei social media da parte del dipendente, compiti del dirigente e formazione</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings34.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings39.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings33.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings38.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings32.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings37.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings31.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings36.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings35.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+      <selection activeCell="B2" sqref="B2:B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="77" style="45" customWidth="1"/>
     <col min="2" max="2" width="110.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.42578125" customWidth="1"/>
     <col min="9" max="9" width="19.42578125" customWidth="1"/>
     <col min="10" max="10" width="16.42578125" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="12" width="17.42578125" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="21">
       <c r="A1" s="53" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="18" t="s">
@@ -2643,52 +2643,52 @@
       <pageSetup paperSize="9" scale="95" fitToHeight="11" orientation="landscape" r:id="rId10"/>
     </customSheetView>
     <customSheetView guid="{4CEDBC89-4067-423D-99FC-5A02DB5EF6A1}" showPageBreaks="1" fitToPage="1" printArea="1" topLeftCell="A4">
       <selection activeCell="B2" sqref="B2"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="95" fitToHeight="11" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId11"/>
     </customSheetView>
     <customSheetView guid="{1E86B60A-4DCA-48E5-9ECF-E66616F783D8}" fitToPage="1">
       <selection activeCell="B3" sqref="B3"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="95" fitToHeight="11" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId12"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToHeight="11" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E116"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C37" sqref="C37"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B111" sqref="B111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="45"/>
     <col min="2" max="2" width="63.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="55.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="94.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="120.6" customHeight="1">
       <c r="A1" s="56" t="s">
         <v>274</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="57"/>
       <c r="D1" s="58"/>
     </row>
     <row r="2" spans="1:5" ht="78">
       <c r="A2" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="23" t="s">
         <v>1</v>
@@ -3059,51 +3059,51 @@
         <v>18</v>
       </c>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
     </row>
     <row r="36" spans="1:4" ht="66">
       <c r="A36" s="47" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="26" t="s">
         <v>222</v>
       </c>
       <c r="C36" s="22" t="s">
         <v>259</v>
       </c>
       <c r="D36" s="22"/>
     </row>
     <row r="37" spans="1:4" ht="82.5">
       <c r="A37" s="47" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="26" t="s">
         <v>195</v>
       </c>
       <c r="C37" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D37" s="22"/>
     </row>
     <row r="38" spans="1:4" ht="49.5">
       <c r="A38" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B38" s="26" t="s">
         <v>238</v>
       </c>
       <c r="C38" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D38" s="22"/>
     </row>
     <row r="39" spans="1:4" ht="49.5">
       <c r="A39" s="47" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="26" t="s">
         <v>239</v>
       </c>
       <c r="C39" s="32" t="s">
         <v>22</v>
       </c>